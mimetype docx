--- v0 (2025-10-08)
+++ v1 (2025-11-02)
@@ -1,115 +1,112 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="009D62BA" w:rsidRDefault="009D62BA" w:rsidP="002C72B7">
-[...5 lines deleted...]
-    <w:p w:rsidR="002C72B7" w:rsidRPr="002C72B7" w:rsidRDefault="002C72B7" w:rsidP="002C72B7">
+    <w:p w14:paraId="383D499F" w14:textId="77777777" w:rsidR="009D62BA" w:rsidRDefault="009D62BA" w:rsidP="002C72B7"/>
+    <w:p w14:paraId="223E2989" w14:textId="77777777" w:rsidR="007A7F7B" w:rsidRDefault="007A7F7B" w:rsidP="002C72B7"/>
+    <w:p w14:paraId="45CC3F44" w14:textId="77777777" w:rsidR="007A7F7B" w:rsidRDefault="007A7F7B" w:rsidP="002C72B7"/>
+    <w:p w14:paraId="47A3ED04" w14:textId="77777777" w:rsidR="002C72B7" w:rsidRPr="002C72B7" w:rsidRDefault="002C72B7" w:rsidP="002C72B7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C72B7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>TRO</w:t>
       </w:r>
       <w:r w:rsidR="00EB390A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="002C72B7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> OG LOVEERKLÆRING</w:t>
       </w:r>
       <w:r w:rsidR="00083959">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> VEDR. GREEN TRAVEL </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C72B7" w:rsidRDefault="002C72B7" w:rsidP="002C72B7"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="002C72B7" w:rsidRPr="00083959" w:rsidRDefault="002C72B7" w:rsidP="002C72B7">
+    <w:p w14:paraId="76C8A012" w14:textId="77777777" w:rsidR="002C72B7" w:rsidRDefault="002C72B7" w:rsidP="002C72B7"/>
+    <w:p w14:paraId="09B1C8C8" w14:textId="77777777" w:rsidR="002C72B7" w:rsidRDefault="002C72B7" w:rsidP="002C72B7"/>
+    <w:p w14:paraId="0470460D" w14:textId="77777777" w:rsidR="002C72B7" w:rsidRPr="00083959" w:rsidRDefault="002C72B7" w:rsidP="002C72B7">
       <w:r w:rsidRPr="00083959">
         <w:t>Undertegnede erklærer hermed</w:t>
       </w:r>
       <w:r w:rsidR="005B177C">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00083959">
         <w:t xml:space="preserve"> at </w:t>
       </w:r>
       <w:r w:rsidR="00EB390A">
         <w:t xml:space="preserve">jeg som Erasmus+ </w:t>
       </w:r>
       <w:r w:rsidR="00083959" w:rsidRPr="00083959">
         <w:t>mobilitetsdeltager har anvendt</w:t>
       </w:r>
       <w:r w:rsidR="00083959" w:rsidRPr="00083959">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="da-DK"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00083959" w:rsidRPr="00083959">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -134,659 +131,665 @@
         </w:rPr>
         <w:t>​​</w:t>
       </w:r>
       <w:r w:rsidR="00083959" w:rsidRPr="00083959">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>rejsen, s</w:t>
       </w:r>
       <w:r w:rsidR="00083959" w:rsidRPr="00083959">
         <w:rPr>
           <w:rFonts w:cs="Georgia"/>
         </w:rPr>
         <w:t>å</w:t>
       </w:r>
       <w:r w:rsidR="00083959" w:rsidRPr="00083959">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>som bus, tog, eller samkørsel</w:t>
       </w:r>
       <w:r w:rsidRPr="00083959">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C72B7" w:rsidRDefault="002C72B7" w:rsidP="002C72B7"/>
-    <w:p w:rsidR="002C72B7" w:rsidRDefault="002C72B7" w:rsidP="002C72B7"/>
+    <w:p w14:paraId="623C0656" w14:textId="77777777" w:rsidR="002C72B7" w:rsidRDefault="002C72B7" w:rsidP="002C72B7"/>
+    <w:p w14:paraId="33CBF220" w14:textId="77777777" w:rsidR="002C72B7" w:rsidRDefault="002C72B7" w:rsidP="002C72B7"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabel-Gitter"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9859" w:type="dxa"/>
         <w:tblInd w:w="103" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3544"/>
         <w:gridCol w:w="42"/>
         <w:gridCol w:w="6195"/>
         <w:gridCol w:w="78"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B12940" w:rsidRPr="00B12940" w:rsidTr="00BB564E">
+      <w:tr w:rsidR="00B12940" w:rsidRPr="00B12940" w14:paraId="449A94A7" w14:textId="77777777" w:rsidTr="00BB564E">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3586" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002C72B7" w:rsidRPr="00B12940" w:rsidRDefault="008013ED" w:rsidP="002C72B7">
+          <w:p w14:paraId="32148A25" w14:textId="77777777" w:rsidR="002C72B7" w:rsidRPr="00B12940" w:rsidRDefault="008013ED" w:rsidP="002C72B7">
             <w:r>
               <w:t>Rejseform</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002C72B7" w:rsidRDefault="002C72B7" w:rsidP="00171BF9"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00B12940" w:rsidRPr="00B12940" w:rsidRDefault="00B12940" w:rsidP="00171BF9"/>
+          <w:p w14:paraId="59048315" w14:textId="77777777" w:rsidR="002C72B7" w:rsidRDefault="002C72B7" w:rsidP="00171BF9"/>
+          <w:p w14:paraId="1D25AE13" w14:textId="77777777" w:rsidR="00B12940" w:rsidRDefault="00B12940" w:rsidP="00171BF9"/>
+          <w:p w14:paraId="4993C287" w14:textId="77777777" w:rsidR="00B12940" w:rsidRPr="00B12940" w:rsidRDefault="00B12940" w:rsidP="00171BF9"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00083959" w:rsidRPr="00B12940" w:rsidTr="00BB564E">
+      <w:tr w:rsidR="00083959" w:rsidRPr="00B12940" w14:paraId="044E07AF" w14:textId="77777777" w:rsidTr="00BB564E">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3586" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00083959" w:rsidRPr="00B12940" w:rsidRDefault="00083959" w:rsidP="00083959">
+          <w:p w14:paraId="79459BD0" w14:textId="77777777" w:rsidR="00083959" w:rsidRPr="00B12940" w:rsidRDefault="00083959" w:rsidP="00083959">
             <w:r w:rsidRPr="00B12940">
               <w:t>Dato</w:t>
             </w:r>
             <w:r>
               <w:t>er</w:t>
             </w:r>
             <w:r w:rsidRPr="00B12940">
               <w:t xml:space="preserve"> for </w:t>
             </w:r>
             <w:r>
               <w:t>udrejse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00083959" w:rsidRDefault="00083959" w:rsidP="00171BF9"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00083959" w:rsidRPr="00B12940" w:rsidRDefault="00083959" w:rsidP="00171BF9"/>
+          <w:p w14:paraId="7E776FE6" w14:textId="77777777" w:rsidR="00083959" w:rsidRDefault="00083959" w:rsidP="00171BF9"/>
+          <w:p w14:paraId="470CB5C7" w14:textId="77777777" w:rsidR="00083959" w:rsidRDefault="00083959" w:rsidP="00171BF9"/>
+          <w:p w14:paraId="4DA66A6F" w14:textId="77777777" w:rsidR="00083959" w:rsidRPr="00B12940" w:rsidRDefault="00083959" w:rsidP="00171BF9"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00083959" w:rsidRPr="00B12940" w:rsidTr="00BB564E">
+      <w:tr w:rsidR="00083959" w:rsidRPr="00B12940" w14:paraId="75812AF3" w14:textId="77777777" w:rsidTr="00BB564E">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3586" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00083959" w:rsidRDefault="00083959" w:rsidP="00083959"/>
-          <w:p w:rsidR="00083959" w:rsidRDefault="00083959" w:rsidP="00083959">
+          <w:p w14:paraId="40897281" w14:textId="77777777" w:rsidR="00083959" w:rsidRDefault="00083959" w:rsidP="00083959"/>
+          <w:p w14:paraId="73FAA5F6" w14:textId="77777777" w:rsidR="00083959" w:rsidRDefault="00083959" w:rsidP="00083959">
             <w:r>
               <w:t>Datoer for hjemrejse</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00083959" w:rsidRPr="00B12940" w:rsidRDefault="00083959" w:rsidP="00083959"/>
+          <w:p w14:paraId="71BDCC2B" w14:textId="77777777" w:rsidR="00083959" w:rsidRPr="00B12940" w:rsidRDefault="00083959" w:rsidP="00083959"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00083959" w:rsidRDefault="00083959" w:rsidP="00171BF9"/>
+          <w:p w14:paraId="194E8CED" w14:textId="77777777" w:rsidR="00083959" w:rsidRDefault="00083959" w:rsidP="00171BF9"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00083959" w:rsidRPr="00B12940" w:rsidTr="00BB564E">
+      <w:tr w:rsidR="00083959" w:rsidRPr="00B12940" w14:paraId="042DF48E" w14:textId="77777777" w:rsidTr="00BB564E">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3586" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00083959" w:rsidRPr="00B12940" w:rsidRDefault="00083959" w:rsidP="002C72B7"/>
+          <w:p w14:paraId="775997B9" w14:textId="77777777" w:rsidR="00083959" w:rsidRPr="00B12940" w:rsidRDefault="00083959" w:rsidP="002C72B7"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00083959" w:rsidRPr="00B12940" w:rsidRDefault="00083959" w:rsidP="002C72B7">
+          <w:p w14:paraId="431E8054" w14:textId="77777777" w:rsidR="00083959" w:rsidRPr="00B12940" w:rsidRDefault="00083959" w:rsidP="002C72B7">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00083959" w:rsidRPr="00B12940" w:rsidTr="00BB564E">
+      <w:tr w:rsidR="00083959" w:rsidRPr="00B12940" w14:paraId="35E559E7" w14:textId="77777777" w:rsidTr="00BB564E">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3586" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00083959" w:rsidRPr="00B12940" w:rsidRDefault="00083959" w:rsidP="002C72B7">
+          <w:p w14:paraId="720B9D7C" w14:textId="77777777" w:rsidR="00083959" w:rsidRPr="00B12940" w:rsidRDefault="00083959" w:rsidP="002C72B7">
             <w:r>
               <w:t>Navn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00083959" w:rsidRDefault="00083959" w:rsidP="00106FF9"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00083959" w:rsidRDefault="00083959" w:rsidP="002C72B7">
+          <w:p w14:paraId="42A59D33" w14:textId="77777777" w:rsidR="00083959" w:rsidRDefault="00083959" w:rsidP="00106FF9"/>
+          <w:p w14:paraId="668C90CE" w14:textId="77777777" w:rsidR="00083959" w:rsidRDefault="00083959" w:rsidP="00106FF9"/>
+          <w:p w14:paraId="399C2287" w14:textId="77777777" w:rsidR="00083959" w:rsidRDefault="00083959" w:rsidP="002C72B7">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00083959" w:rsidRPr="00B12940" w:rsidTr="00BB564E">
+      <w:tr w:rsidR="00083959" w:rsidRPr="00B12940" w14:paraId="4FF4666E" w14:textId="77777777" w:rsidTr="00BB564E">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3586" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00083959" w:rsidRPr="00B12940" w:rsidRDefault="005B177C" w:rsidP="002C72B7">
+          <w:p w14:paraId="3AB6C9FC" w14:textId="77777777" w:rsidR="00083959" w:rsidRPr="00B12940" w:rsidRDefault="005B177C" w:rsidP="002C72B7">
             <w:r>
               <w:t>Mobilitets-ID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00083959" w:rsidRDefault="00083959" w:rsidP="00106FF9"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00083959" w:rsidRDefault="00083959" w:rsidP="00106FF9"/>
+          <w:p w14:paraId="116FA4F0" w14:textId="77777777" w:rsidR="00083959" w:rsidRDefault="00083959" w:rsidP="00106FF9"/>
+          <w:p w14:paraId="03173D3E" w14:textId="77777777" w:rsidR="00083959" w:rsidRDefault="00083959" w:rsidP="00B85FC9"/>
+          <w:p w14:paraId="2D9533E3" w14:textId="77777777" w:rsidR="00083959" w:rsidRDefault="00083959" w:rsidP="00106FF9"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00083959" w:rsidRPr="00B12940" w:rsidTr="00BB564E">
+      <w:tr w:rsidR="00083959" w:rsidRPr="00B12940" w14:paraId="252DA223" w14:textId="77777777" w:rsidTr="00BB564E">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3586" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00083959" w:rsidRPr="00B12940" w:rsidRDefault="00083959" w:rsidP="002C72B7">
+          <w:p w14:paraId="6E0A6812" w14:textId="77777777" w:rsidR="00083959" w:rsidRPr="00B12940" w:rsidRDefault="00083959" w:rsidP="002C72B7">
             <w:r>
               <w:t>Projekt sagsreference</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00083959" w:rsidRDefault="00083959" w:rsidP="002C72B7">
+          <w:p w14:paraId="204759C6" w14:textId="77777777" w:rsidR="00083959" w:rsidRDefault="00083959" w:rsidP="002C72B7">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00083959" w:rsidRDefault="00083959" w:rsidP="002C72B7">
+          <w:p w14:paraId="6C4BD5AC" w14:textId="77777777" w:rsidR="00083959" w:rsidRDefault="00083959" w:rsidP="002C72B7">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00083959" w:rsidRDefault="00083959" w:rsidP="00B85FC9"/>
+          <w:p w14:paraId="34511209" w14:textId="77777777" w:rsidR="00083959" w:rsidRDefault="00083959" w:rsidP="00B85FC9"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0029095F" w:rsidRPr="00B12940" w:rsidTr="00083959">
+      <w:tr w:rsidR="0029095F" w:rsidRPr="00B12940" w14:paraId="47772BD1" w14:textId="77777777" w:rsidTr="00083959">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="78" w:type="dxa"/>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00106FF9" w:rsidRDefault="00106FF9" w:rsidP="00B14503"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="0029095F" w:rsidRPr="00B12940" w:rsidRDefault="0029095F" w:rsidP="00B14503">
+          <w:p w14:paraId="62B1DB66" w14:textId="77777777" w:rsidR="00106FF9" w:rsidRDefault="00106FF9" w:rsidP="00B14503"/>
+          <w:p w14:paraId="5C3ACB38" w14:textId="77777777" w:rsidR="00106FF9" w:rsidRDefault="00106FF9" w:rsidP="00B14503"/>
+          <w:p w14:paraId="56930426" w14:textId="77777777" w:rsidR="005B177C" w:rsidRDefault="005B177C" w:rsidP="00B14503"/>
+          <w:p w14:paraId="611319B8" w14:textId="77777777" w:rsidR="005B177C" w:rsidRDefault="005B177C" w:rsidP="00B14503"/>
+          <w:p w14:paraId="34CE819C" w14:textId="77777777" w:rsidR="00106FF9" w:rsidRDefault="00106FF9" w:rsidP="00B14503"/>
+          <w:p w14:paraId="714F085F" w14:textId="77777777" w:rsidR="0029095F" w:rsidRPr="00B12940" w:rsidRDefault="0029095F" w:rsidP="00B14503">
             <w:r>
               <w:t>Dato:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0029095F" w:rsidRDefault="0029095F" w:rsidP="0029095F">
+          <w:p w14:paraId="00012864" w14:textId="77777777" w:rsidR="0029095F" w:rsidRDefault="0029095F" w:rsidP="0029095F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0029095F" w:rsidRPr="00B12940" w:rsidTr="00083959">
+      <w:tr w:rsidR="0029095F" w:rsidRPr="00B12940" w14:paraId="7845EA41" w14:textId="77777777" w:rsidTr="00083959">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="78" w:type="dxa"/>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0029095F" w:rsidRDefault="0029095F" w:rsidP="00B14503"/>
+          <w:p w14:paraId="41D8C034" w14:textId="77777777" w:rsidR="0029095F" w:rsidRDefault="0029095F" w:rsidP="00B14503"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0029095F" w:rsidRDefault="0029095F" w:rsidP="0029095F">
+          <w:p w14:paraId="335252F9" w14:textId="77777777" w:rsidR="0029095F" w:rsidRDefault="0029095F" w:rsidP="0029095F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Underskrift</w:t>
             </w:r>
             <w:r w:rsidR="005B177C">
               <w:t xml:space="preserve"> mobilitetsdeltager</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005E5A6D" w:rsidRDefault="005E5A6D" w:rsidP="002C72B7"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="0061309E" w:rsidRDefault="000D534F" w:rsidP="0029095F">
+    <w:p w14:paraId="2D38AA9D" w14:textId="77777777" w:rsidR="005E5A6D" w:rsidRDefault="005E5A6D" w:rsidP="002C72B7"/>
+    <w:p w14:paraId="71F60B32" w14:textId="77777777" w:rsidR="005B177C" w:rsidRDefault="005B177C" w:rsidP="002C72B7"/>
+    <w:p w14:paraId="071865EB" w14:textId="77777777" w:rsidR="0061309E" w:rsidRDefault="0061309E" w:rsidP="0029095F"/>
+    <w:p w14:paraId="4E0A9973" w14:textId="77777777" w:rsidR="0061309E" w:rsidRDefault="0061309E" w:rsidP="0029095F"/>
+    <w:p w14:paraId="07ADA9A5" w14:textId="0EDC4FEA" w:rsidR="0061309E" w:rsidRDefault="000D534F" w:rsidP="0029095F">
       <w:r>
         <w:t>Denne erklæri</w:t>
       </w:r>
       <w:r w:rsidR="005B177C">
-        <w:t>ng skal scannes med underskrift</w:t>
+        <w:t>ng skal</w:t>
+      </w:r>
+      <w:r w:rsidR="00756249">
+        <w:t xml:space="preserve"> underskrives af deltageren efter opholdets afslutning og</w:t>
+      </w:r>
+      <w:r w:rsidR="005B177C">
+        <w:t xml:space="preserve"> scannes med underskrift</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> som dokumentation for </w:t>
       </w:r>
       <w:r w:rsidR="008013ED">
         <w:t xml:space="preserve">green </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008013ED">
         <w:t>travel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0061309E" w:rsidSect="002C72B7">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="2041" w:right="1134" w:bottom="1418" w:left="1134" w:header="533" w:footer="1247" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="009D6FAC" w:rsidRDefault="009D6FAC" w:rsidP="009849C2">
+    <w:p w14:paraId="6AA18B7E" w14:textId="77777777" w:rsidR="009D6FAC" w:rsidRDefault="009D6FAC" w:rsidP="009849C2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="009D6FAC" w:rsidRDefault="009D6FAC" w:rsidP="009849C2">
+    <w:p w14:paraId="600A265D" w14:textId="77777777" w:rsidR="009D6FAC" w:rsidRDefault="009D6FAC" w:rsidP="009849C2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="009400B1" w:rsidRPr="00ED2E5A" w:rsidRDefault="00ED2E5A" w:rsidP="00ED2E5A">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="03300091" w14:textId="77777777" w:rsidR="009400B1" w:rsidRPr="00ED2E5A" w:rsidRDefault="00ED2E5A" w:rsidP="00ED2E5A">
     <w:pPr>
       <w:pStyle w:val="TemplatePagenumber"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
-    <w:bookmarkStart w:id="3" w:name="SD_LAN_Page_N1"/>
+    <w:bookmarkStart w:id="1" w:name="SD_LAN_Page_N1"/>
     <w:r w:rsidR="002C72B7">
       <w:t>Side</w:t>
     </w:r>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:r>
       <w:t xml:space="preserve">     </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00BB564E">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t>/</w:t>
     </w:r>
     <w:fldSimple w:instr=" SECTIONPAGES  \* MERGEFORMAT ">
       <w:r w:rsidR="00BB564E" w:rsidRPr="00BB564E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:fldSimple>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="009400B1" w:rsidRPr="00ED2E5A" w:rsidRDefault="00ED2E5A" w:rsidP="00C400BA">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="27EAF496" w14:textId="636789C4" w:rsidR="009400B1" w:rsidRPr="00ED2E5A" w:rsidRDefault="00ED2E5A" w:rsidP="00C400BA">
     <w:pPr>
       <w:pStyle w:val="TemplatePagenumber"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="7881"/>
       </w:tabs>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
-    <w:bookmarkStart w:id="4" w:name="SD_LAN_Page"/>
+    <w:bookmarkStart w:id="2" w:name="SD_LAN_Page"/>
     <w:r w:rsidR="002C72B7">
       <w:t>Side</w:t>
     </w:r>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:r>
       <w:t xml:space="preserve">     </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="000E0A23">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t>/</w:t>
     </w:r>
     <w:fldSimple w:instr=" SECTIONPAGES  \* MERGEFORMAT ">
-      <w:r w:rsidR="00A320A5" w:rsidRPr="00A320A5">
+      <w:r w:rsidR="00AB0581" w:rsidRPr="00AB0581">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
     </w:fldSimple>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="009D6FAC" w:rsidRDefault="009D6FAC" w:rsidP="009849C2">
+    <w:p w14:paraId="2C51E2C1" w14:textId="77777777" w:rsidR="009D6FAC" w:rsidRDefault="009D6FAC" w:rsidP="009849C2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="009D6FAC" w:rsidRDefault="009D6FAC" w:rsidP="009849C2">
+    <w:p w14:paraId="0736EE0E" w14:textId="77777777" w:rsidR="009D6FAC" w:rsidRDefault="009D6FAC" w:rsidP="009849C2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-[...2 lines deleted...]
-      <w:pStyle w:val="Sidehoved"/>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="325911A5" w14:textId="77777777" w:rsidR="00FE5150" w:rsidRDefault="002C72B7">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="da-DK"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657214" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4FE8E9CA" wp14:editId="355DD41C">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657214" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A58CFD0" wp14:editId="6C29436A">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>5363845</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>431800</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2663825" cy="1132205"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Logo_HIDE_1_1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
@@ -799,251 +802,259 @@
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00FE5150">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="da-DK"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B9EF4F6" wp14:editId="4C286373">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="060C2615" wp14:editId="1B1DAEC0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>5713730</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>3528695</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1472400" cy="1472400"/>
               <wp:effectExtent l="0" t="0" r="13970" b="13970"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Text Box 3" descr="Denne kolofon indeholder myndighedens navn" title="Kolofon side 2"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1472400" cy="1472400"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                       <a:effectLst/>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="dk1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00FE5150" w:rsidRDefault="002C72B7" w:rsidP="000F5D84">
+                        <w:p w14:paraId="57F78BCF" w14:textId="77777777" w:rsidR="00FE5150" w:rsidRDefault="002C72B7" w:rsidP="000F5D84">
                           <w:pPr>
                             <w:pStyle w:val="TemplateOfficeName"/>
                           </w:pPr>
-                          <w:bookmarkStart w:id="1" w:name="SD_OFF_Myndighed_N1"/>
+                          <w:bookmarkStart w:id="0" w:name="SD_OFF_Myndighed_N1"/>
                           <w:r>
                             <w:t>Styrelsen for Videregående Uddannelser</w:t>
                           </w:r>
-                          <w:bookmarkEnd w:id="1"/>
+                          <w:bookmarkEnd w:id="0"/>
                         </w:p>
-                        <w:p w:rsidR="00FE5150" w:rsidRDefault="00FE5150" w:rsidP="00490525">
+                        <w:p w14:paraId="4EBB6861" w14:textId="77777777" w:rsidR="00FE5150" w:rsidRDefault="00FE5150" w:rsidP="00490525">
                           <w:pPr>
                             <w:pStyle w:val="TemplateAdresse"/>
                             <w:rPr>
                               <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="6B9EF4F6" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="060C2615" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 3" o:spid="_x0000_s1026" type="#_x0000_t202" alt="Titel: Kolofon side 2 - Beskrivelse: Denne kolofon indeholder myndighedens navn" style="position:absolute;margin-left:449.9pt;margin-top:277.85pt;width:115.95pt;height:115.95pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCx09vImwIAAJ0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1PGzEQvVfqf7B8LxsCpVXEBqUgqqoI&#10;UKHi7HjHWQvb49pOsumvZ+zdDYj2QtWLd9bz/eZ5Ts86a9gGQtToan54MOEMnMRGu1XNf95ffvjM&#10;WUzCNcKgg5rvIPKz+ft3p1s/gym2aBoIjIK4ONv6mrcp+VlVRdmCFfEAPThSKgxWJPoNq6oJYkvR&#10;rammk8lJtcXQ+IASYqTbi17J5yW+UiDTjVIREjM1p9pSOUM5l/ms5qditgrCt1oOZYh/qMIK7Sjp&#10;PtSFSIKtg/4jlNUyYESVDiTaCpXSEkoP1M3h5FU3d63wUHohcKLfwxT/X1h5vbkNTDc1P+LMCUsj&#10;uocusS/YMbppIEpC6wKcA/aIBhU6pl0Dw+DszjV61UIDLpL7xhHEOhmK8n0wjroBNs04b32cUbo7&#10;TwlTRwmIL+N9pMsMX6eCzV8ChpGeJrbbTymXJbPT8afp8YRUknTjD8Wvnt19iOkroGVZqHkgGpTp&#10;iM1VTL3paJKzObzUxhQqGMe2NT85+jgpDnsNBTcu20Ih1RAmt9SXXqS0M5BtjPsBikAtHeSLQmc4&#10;N4FtBBFRSAkuleZLXLLOVoqKeIvjYP9c1Vuc+z7GzOjS3tlqh6F0/6rs5nEsmViQ7QnzF31nMXXL&#10;bhj1EpsdTTpg/+ail5eapnElYroVgR4ZTZAWR7qhQxkk1HGQOGsx/P7bfbYn7pOWsy092prHX2sR&#10;gDPzzdGryC98FMIoLEfBre05EvyHtJK8LCI5hGRGUQW0D7RPFjkLqYSTlKvmaRTPU786aB9JWCyK&#10;Eb1jL9KVu/Myh87TyNy67x5E8AMBE3H3GsfnLGaveNjbZk+Hi3VCpQtJM6A9igPQtAMKzYd9lZfM&#10;y/9i9bxV508AAAD//wMAUEsDBBQABgAIAAAAIQCy+bWn4QAAAAwBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9LT8MwEITvSPwHa5G4USegNGnIpkI8bjwLSHBzYpNE2OvIdtLw73FPcNvRjma+qbaL0WxW&#10;zg+WENJVAkxRa+VAHcLb691ZAcwHQVJoSwrhR3nY1sdHlSil3dOLmnehYzGEfCkQ+hDGknPf9soI&#10;v7Kjovj7ss6IEKXruHRiH8ON5udJsuZGDBQbejGq616137vJIOgP7+6bJHzON91DeH7i0/tt+oh4&#10;erJcXQILagl/ZjjgR3SoI1NjJ5KeaYRis4noASHLshzYwZFepPFqEPIiXwOvK/5/RP0LAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAsdPbyJsCAACdBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAsvm1p+EAAAAMAQAADwAAAAAAAAAAAAAAAAD1BAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAAMGAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w:rsidR="00FE5150" w:rsidRDefault="002C72B7" w:rsidP="000F5D84">
+                  <w:p w14:paraId="57F78BCF" w14:textId="77777777" w:rsidR="00FE5150" w:rsidRDefault="002C72B7" w:rsidP="000F5D84">
                     <w:pPr>
                       <w:pStyle w:val="TemplateOfficeName"/>
                     </w:pPr>
-                    <w:bookmarkStart w:id="2" w:name="SD_OFF_Myndighed_N1"/>
+                    <w:bookmarkStart w:id="1" w:name="SD_OFF_Myndighed_N1"/>
                     <w:r>
                       <w:t>Styrelsen for Videregående Uddannelser</w:t>
                     </w:r>
-                    <w:bookmarkEnd w:id="2"/>
+                    <w:bookmarkEnd w:id="1"/>
                   </w:p>
-                  <w:p w:rsidR="00FE5150" w:rsidRDefault="00FE5150" w:rsidP="00490525">
+                  <w:p w14:paraId="4EBB6861" w14:textId="77777777" w:rsidR="00FE5150" w:rsidRDefault="00FE5150" w:rsidP="00490525">
                     <w:pPr>
                       <w:pStyle w:val="TemplateAdresse"/>
                       <w:rPr>
                         <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00FE5150" w:rsidRDefault="00A320A5" w:rsidP="003E36D0">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="053DBCE6" w14:textId="77777777" w:rsidR="00FE5150" w:rsidRDefault="0007488F" w:rsidP="003E36D0">
     <w:pPr>
       <w:pStyle w:val="Headeroverskrift"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D2D41D0" wp14:editId="1C42863B">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5CC5BB4A" wp14:editId="28AEE0EC">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="column">
-            <wp:posOffset>-43815</wp:posOffset>
+          <wp:positionH relativeFrom="margin">
+            <wp:posOffset>-224790</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>109220</wp:posOffset>
+            <wp:posOffset>213995</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="2044800" cy="432000"/>
-[...2 lines deleted...]
-          <wp:docPr id="5" name="Billede 5"/>
+          <wp:extent cx="1657350" cy="669290"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapThrough wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="20903"/>
+              <wp:lineTo x="21352" y="20903"/>
+              <wp:lineTo x="21352" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapThrough>
+          <wp:docPr id="2" name="Billede 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="5" name="EN-Funded by the EU-POS.jpg"/>
+                  <pic:cNvPr id="2" name="Erasmus_EU_emblem_with_tagline-pos-EN.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2044800" cy="432000"/>
+                    <a:ext cx="1657350" cy="669290"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="margin">
+          <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
-          <wp14:sizeRelV relativeFrom="margin">
+          <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00AF73D7" w:rsidRDefault="00AF73D7" w:rsidP="003E36D0">
+  <w:p w14:paraId="2C848472" w14:textId="77777777" w:rsidR="00AF73D7" w:rsidRDefault="00AF73D7" w:rsidP="003E36D0">
     <w:pPr>
       <w:pStyle w:val="Headeroverskrift"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="38407218"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="826E1A16"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -1631,51 +1642,51 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1588" w:hanging="1588"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A4E048C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BEC63DDE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Opstilling-talellerbogst"/>
+      <w:pStyle w:val="ListNumber"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="737" w:hanging="737"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="737" w:hanging="737"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -1745,51 +1756,51 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1588" w:hanging="1588"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="753962EC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2D5EEFF6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="Opstilling-punkttegn"/>
+      <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="397" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="794" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -1905,56 +1916,57 @@
   <w:num w:numId="9">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="da-DK" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="da-DK" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="1304"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="10241"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotExpandShiftReturn/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -1983,253 +1995,255 @@
     <w:rsid w:val="001268AB"/>
     <w:rsid w:val="001431A0"/>
     <w:rsid w:val="001573E4"/>
     <w:rsid w:val="00171BF9"/>
     <w:rsid w:val="0018044B"/>
     <w:rsid w:val="001865FC"/>
     <w:rsid w:val="001C37B1"/>
     <w:rsid w:val="001D623A"/>
     <w:rsid w:val="001D649B"/>
     <w:rsid w:val="001F6C2E"/>
     <w:rsid w:val="00217676"/>
     <w:rsid w:val="00263921"/>
     <w:rsid w:val="00281310"/>
     <w:rsid w:val="00281E5C"/>
     <w:rsid w:val="0029095F"/>
     <w:rsid w:val="002A32B0"/>
     <w:rsid w:val="002C72B7"/>
     <w:rsid w:val="00331986"/>
     <w:rsid w:val="00346B82"/>
     <w:rsid w:val="00354599"/>
     <w:rsid w:val="003604EC"/>
     <w:rsid w:val="00377C5C"/>
     <w:rsid w:val="0038127F"/>
     <w:rsid w:val="00384BF6"/>
     <w:rsid w:val="003A5FDE"/>
-    <w:rsid w:val="003B0BE0"/>
     <w:rsid w:val="003B7AC5"/>
     <w:rsid w:val="003E36D0"/>
     <w:rsid w:val="003F1009"/>
     <w:rsid w:val="003F67C2"/>
     <w:rsid w:val="00406A8C"/>
     <w:rsid w:val="0043028D"/>
     <w:rsid w:val="0043648B"/>
     <w:rsid w:val="00436B13"/>
     <w:rsid w:val="00442D97"/>
     <w:rsid w:val="00484054"/>
     <w:rsid w:val="00490525"/>
     <w:rsid w:val="004B0ABE"/>
     <w:rsid w:val="004C0705"/>
     <w:rsid w:val="004F27FB"/>
     <w:rsid w:val="0050422F"/>
     <w:rsid w:val="0052426B"/>
     <w:rsid w:val="00535253"/>
     <w:rsid w:val="00566AEF"/>
     <w:rsid w:val="005815CA"/>
     <w:rsid w:val="0058291F"/>
     <w:rsid w:val="00593C29"/>
     <w:rsid w:val="005B177C"/>
     <w:rsid w:val="005B79C3"/>
     <w:rsid w:val="005C1FD5"/>
     <w:rsid w:val="005E4643"/>
     <w:rsid w:val="005E5320"/>
     <w:rsid w:val="005E5A6D"/>
     <w:rsid w:val="005E636E"/>
     <w:rsid w:val="005F6686"/>
     <w:rsid w:val="0061309E"/>
     <w:rsid w:val="006145A2"/>
     <w:rsid w:val="00637AF3"/>
     <w:rsid w:val="00676AFB"/>
     <w:rsid w:val="0068060E"/>
     <w:rsid w:val="0068622C"/>
     <w:rsid w:val="006A3953"/>
     <w:rsid w:val="006A491E"/>
     <w:rsid w:val="006C3A0B"/>
     <w:rsid w:val="006D5A7C"/>
     <w:rsid w:val="006F7D42"/>
     <w:rsid w:val="007177B3"/>
     <w:rsid w:val="00744FAC"/>
     <w:rsid w:val="00753FD6"/>
+    <w:rsid w:val="00756249"/>
     <w:rsid w:val="0078574A"/>
     <w:rsid w:val="007A7F7B"/>
     <w:rsid w:val="007B484B"/>
     <w:rsid w:val="007D47D0"/>
     <w:rsid w:val="008013ED"/>
     <w:rsid w:val="0080538C"/>
     <w:rsid w:val="0081511B"/>
     <w:rsid w:val="008156B3"/>
     <w:rsid w:val="008332D6"/>
     <w:rsid w:val="00872E2A"/>
     <w:rsid w:val="008737E0"/>
     <w:rsid w:val="00881C44"/>
     <w:rsid w:val="008C29CF"/>
     <w:rsid w:val="008C3CA7"/>
     <w:rsid w:val="008F1742"/>
     <w:rsid w:val="008F2461"/>
     <w:rsid w:val="008F3C40"/>
     <w:rsid w:val="008F5BE2"/>
     <w:rsid w:val="008F653B"/>
     <w:rsid w:val="009400B1"/>
     <w:rsid w:val="009755CF"/>
     <w:rsid w:val="009849C2"/>
     <w:rsid w:val="00984D8E"/>
     <w:rsid w:val="0099050E"/>
     <w:rsid w:val="009974B5"/>
     <w:rsid w:val="009A54F9"/>
     <w:rsid w:val="009B77CB"/>
     <w:rsid w:val="009C46E4"/>
     <w:rsid w:val="009C6852"/>
     <w:rsid w:val="009D3BF2"/>
     <w:rsid w:val="009D62BA"/>
     <w:rsid w:val="009D6E48"/>
     <w:rsid w:val="009D6FAC"/>
     <w:rsid w:val="00A0419C"/>
     <w:rsid w:val="00A0764C"/>
     <w:rsid w:val="00A25002"/>
     <w:rsid w:val="00A314B2"/>
-    <w:rsid w:val="00A320A5"/>
     <w:rsid w:val="00A3642D"/>
     <w:rsid w:val="00A51F34"/>
     <w:rsid w:val="00A63246"/>
+    <w:rsid w:val="00A72903"/>
     <w:rsid w:val="00A736D9"/>
     <w:rsid w:val="00A776D0"/>
     <w:rsid w:val="00A97593"/>
     <w:rsid w:val="00AA2C6F"/>
+    <w:rsid w:val="00AB0581"/>
     <w:rsid w:val="00AC420D"/>
     <w:rsid w:val="00AF73D7"/>
     <w:rsid w:val="00B033C9"/>
     <w:rsid w:val="00B12940"/>
     <w:rsid w:val="00B416E1"/>
     <w:rsid w:val="00B42BC1"/>
     <w:rsid w:val="00B42D28"/>
     <w:rsid w:val="00B4324B"/>
     <w:rsid w:val="00B52DCA"/>
     <w:rsid w:val="00B66512"/>
     <w:rsid w:val="00B83CFA"/>
     <w:rsid w:val="00B85FC9"/>
     <w:rsid w:val="00B94EC3"/>
     <w:rsid w:val="00BB564E"/>
     <w:rsid w:val="00BC53C7"/>
     <w:rsid w:val="00BD72D3"/>
     <w:rsid w:val="00C245A6"/>
     <w:rsid w:val="00C33157"/>
     <w:rsid w:val="00C400BA"/>
     <w:rsid w:val="00C572D2"/>
     <w:rsid w:val="00C70C61"/>
     <w:rsid w:val="00C7195D"/>
     <w:rsid w:val="00C73D91"/>
     <w:rsid w:val="00C75A4C"/>
-    <w:rsid w:val="00C77B9E"/>
     <w:rsid w:val="00C93F55"/>
     <w:rsid w:val="00CA6570"/>
     <w:rsid w:val="00CC3D5D"/>
     <w:rsid w:val="00CD5F3D"/>
     <w:rsid w:val="00CD6A0D"/>
     <w:rsid w:val="00CE1D79"/>
     <w:rsid w:val="00CE62AA"/>
     <w:rsid w:val="00D27092"/>
     <w:rsid w:val="00D67AF8"/>
     <w:rsid w:val="00D7294C"/>
     <w:rsid w:val="00D729BA"/>
     <w:rsid w:val="00D75754"/>
     <w:rsid w:val="00D850A3"/>
     <w:rsid w:val="00DB378B"/>
     <w:rsid w:val="00DC6233"/>
     <w:rsid w:val="00DD0C10"/>
     <w:rsid w:val="00DE1B77"/>
     <w:rsid w:val="00DE1DCE"/>
     <w:rsid w:val="00DE4F33"/>
     <w:rsid w:val="00DF7BC1"/>
+    <w:rsid w:val="00E00BF8"/>
     <w:rsid w:val="00E069E0"/>
     <w:rsid w:val="00E23B8C"/>
     <w:rsid w:val="00E33A30"/>
     <w:rsid w:val="00E449C0"/>
     <w:rsid w:val="00E7592A"/>
     <w:rsid w:val="00E805FB"/>
     <w:rsid w:val="00E85F8A"/>
     <w:rsid w:val="00E948FC"/>
     <w:rsid w:val="00EA096B"/>
     <w:rsid w:val="00EA7D06"/>
     <w:rsid w:val="00EB2851"/>
     <w:rsid w:val="00EB390A"/>
     <w:rsid w:val="00ED1CCB"/>
     <w:rsid w:val="00ED2E5A"/>
     <w:rsid w:val="00F051A8"/>
     <w:rsid w:val="00F3235B"/>
     <w:rsid w:val="00F531AC"/>
     <w:rsid w:val="00F57D1C"/>
     <w:rsid w:val="00F67A47"/>
     <w:rsid w:val="00F839B8"/>
     <w:rsid w:val="00F97DA4"/>
     <w:rsid w:val="00FA09F6"/>
     <w:rsid w:val="00FA7D22"/>
     <w:rsid w:val="00FD6256"/>
     <w:rsid w:val="00FE5150"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="da-DK"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="10241"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="131633C9"/>
   <w15:docId w15:val="{BE8F465F-BA8B-4065-8D46-C44B9414C554}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
         <w:lang w:val="da-DK" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="260" w:lineRule="atLeast"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2561,761 +2575,762 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F531AC"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Overskrift1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Overskrift1Tegn"/>
+    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00DF7BC1"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="260"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Overskrift2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Overskrift2Tegn"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00DF7BC1"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="260"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Overskrift3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Overskrift3Tegn"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00DF7BC1"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="260" w:line="260" w:lineRule="exact"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Overskrift4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Overskrift4Tegn"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00DF7BC1"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="260"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Overskrift5">
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Overskrift5Tegn"/>
+    <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="007177B3"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Overskrift6">
+  <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Overskrift6Tegn"/>
+    <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="007177B3"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Overskrift7">
+  <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Overskrift7Tegn"/>
+    <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="007177B3"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Overskrift8">
+  <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Overskrift8Tegn"/>
+    <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="007177B3"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Overskrift9">
+  <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Overskrift9Tegn"/>
+    <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="007177B3"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardskrifttypeiafsnit">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Tabel-Normal">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenoversigt">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift1Tegn">
-[...2 lines deleted...]
-    <w:link w:val="Overskrift1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00DF7BC1"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift2Tegn">
-[...2 lines deleted...]
-    <w:link w:val="Overskrift2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00DF7BC1"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift3Tegn">
-[...2 lines deleted...]
-    <w:link w:val="Overskrift3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00DF7BC1"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift4Tegn">
-[...2 lines deleted...]
-    <w:link w:val="Overskrift4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00DF7BC1"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift5Tegn">
-[...2 lines deleted...]
-    <w:link w:val="Overskrift5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:rsid w:val="006D5A7C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift6Tegn">
-[...2 lines deleted...]
-    <w:link w:val="Overskrift6"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:rsid w:val="006D5A7C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:b/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift7Tegn">
-[...2 lines deleted...]
-    <w:link w:val="Overskrift7"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:rsid w:val="006D5A7C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:b/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift9Tegn">
-[...2 lines deleted...]
-    <w:link w:val="Overskrift9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:rsid w:val="006D5A7C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:b/>
       <w:iCs/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Opstilling-talellerbogst">
+  <w:style w:type="paragraph" w:styleId="ListNumber">
     <w:name w:val="List Number"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="009D6E48"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Listeafsnit">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="009D6E48"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift8Tegn">
-[...2 lines deleted...]
-    <w:link w:val="Overskrift8"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:rsid w:val="006D5A7C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:b/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Titel">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="TitelTegn"/>
+    <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00346B82"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:kern w:val="28"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitelTegn">
-[...2 lines deleted...]
-    <w:link w:val="Titel"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:rsid w:val="006D5A7C"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:kern w:val="28"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Undertitel">
+  <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="UndertitelTegn"/>
+    <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00346B82"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:b/>
       <w:iCs/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UndertitelTegn">
-[...2 lines deleted...]
-    <w:link w:val="Undertitel"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:rsid w:val="006D5A7C"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:b/>
       <w:iCs/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Svagfremhvning">
+  <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
-    <w:basedOn w:val="Standardskrifttypeiafsnit"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="19"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00346B82"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="808080" w:themeColor="text1" w:themeTint="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Fremhv">
+  <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
-    <w:basedOn w:val="Standardskrifttypeiafsnit"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00346B82"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Billedtekst">
+  <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00CC3D5D"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Indholdsfortegnelse1">
+  <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:rsid w:val="00CC3D5D"/>
     <w:pPr>
       <w:spacing w:before="260"/>
       <w:ind w:right="567"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Indholdsfortegnelse2">
+  <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:rsid w:val="00CC3D5D"/>
     <w:pPr>
       <w:ind w:right="567"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Indholdsfortegnelse3">
+  <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:rsid w:val="00CC3D5D"/>
     <w:pPr>
       <w:ind w:right="567"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Indholdsfortegnelse4">
+  <w:style w:type="paragraph" w:styleId="TOC4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:rsid w:val="00CC3D5D"/>
     <w:pPr>
       <w:ind w:right="567"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Indholdsfortegnelse5">
+  <w:style w:type="paragraph" w:styleId="TOC5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:rsid w:val="00CC3D5D"/>
     <w:pPr>
       <w:ind w:right="567"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Indholdsfortegnelse6">
+  <w:style w:type="paragraph" w:styleId="TOC6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:rsid w:val="00CC3D5D"/>
     <w:pPr>
       <w:ind w:right="567"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Indholdsfortegnelse7">
+  <w:style w:type="paragraph" w:styleId="TOC7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:rsid w:val="00CC3D5D"/>
     <w:pPr>
       <w:ind w:right="567"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Indholdsfortegnelse8">
+  <w:style w:type="paragraph" w:styleId="TOC8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:rsid w:val="00CC3D5D"/>
     <w:pPr>
       <w:ind w:right="567"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Indholdsfortegnelse9">
+  <w:style w:type="paragraph" w:styleId="TOC9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:rsid w:val="00CC3D5D"/>
     <w:pPr>
       <w:ind w:right="567"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Overskrift">
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
-    <w:basedOn w:val="Overskrift1"/>
+    <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00CC3D5D"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidefod">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidefodTegn"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CC3D5D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidefodTegn">
-[...2 lines deleted...]
-    <w:link w:val="Sidefod"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006D5A7C"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidehoved">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidehovedTegn"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CC3D5D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidehovedTegn">
-[...2 lines deleted...]
-    <w:link w:val="Sidehoved"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006D5A7C"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Opstilling-punkttegn">
+  <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00CC3D5D"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Fodnotetekst">
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FodnotetekstTegn"/>
+    <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D7294C"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FodnotetekstTegn">
-[...2 lines deleted...]
-    <w:link w:val="Fodnotetekst"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006D5A7C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Slutnotetekst">
+  <w:style w:type="paragraph" w:styleId="EndnoteText">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SlutnotetekstTegn"/>
+    <w:link w:val="EndnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D7294C"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SlutnotetekstTegn">
-[...2 lines deleted...]
-    <w:link w:val="Slutnotetekst"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
+    <w:name w:val="Endnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="EndnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006D5A7C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Template">
     <w:name w:val="Template"/>
     <w:uiPriority w:val="4"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00F531AC"/>
     <w:pPr>
       <w:spacing w:line="200" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:color w:val="868786"/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TemplateAdresse">
@@ -3344,71 +3359,71 @@
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DokumentOverskrift">
     <w:name w:val="Dokument Overskrift"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00DF7BC1"/>
     <w:rPr>
       <w:b/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Underskriver2">
     <w:name w:val="Underskriver 2"/>
     <w:basedOn w:val="DokumentOverskrift"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="006D5A7C"/>
     <w:pPr>
       <w:ind w:left="3912" w:firstLine="1304"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Sidetal">
+  <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="Standardskrifttypeiafsnit"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006D5A7C"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="13"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Linjenummer">
+  <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
-    <w:basedOn w:val="Standardskrifttypeiafsnit"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005F6686"/>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabel-Gitter">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Tabel-Normal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00055B05"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dokumentoverskrift0">
     <w:name w:val="Dokument overskrift"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00055B05"/>
     <w:pPr>
       <w:spacing w:line="300" w:lineRule="atLeast"/>
     </w:pPr>
@@ -3425,148 +3440,148 @@
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00DB378B"/>
     <w:pPr>
       <w:spacing w:line="300" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:i/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Headeroverskrift">
     <w:name w:val="Header overskrift"/>
     <w:basedOn w:val="Template"/>
     <w:uiPriority w:val="4"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AF73D7"/>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="da-DK"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Pladsholdertekst">
+  <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="Standardskrifttypeiafsnit"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FE5150"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Markeringsbobletekst">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="MarkeringsbobletekstTegn"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FE5150"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="MarkeringsbobletekstTegn">
-[...2 lines deleted...]
-    <w:link w:val="Markeringsbobletekst"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FE5150"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Afkrydsningsfelt">
     <w:name w:val="Afkrydsningsfelt"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00EA7D06"/>
     <w:rPr>
       <w:sz w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TemplatePagenumber">
     <w:name w:val="Template Pagenumber"/>
     <w:basedOn w:val="Template"/>
     <w:uiPriority w:val="4"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00F531AC"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="7881"/>
       </w:tabs>
       <w:spacing w:line="160" w:lineRule="exact"/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="FIVU-Tabel">
     <w:name w:val="FIVU - Tabel"/>
-    <w:basedOn w:val="Tabel-Normal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A0419C"/>
     <w:pPr>
       <w:spacing w:before="40" w:after="40" w:line="160" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="15"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="DADADA"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="DADADA"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="DADADA"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="15346843">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="488986396">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -3617,51 +3632,51 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///c:\users\b007245\appdata\roaming\microsoft\skabeloner\WordEngineTemplates\F&#248;lgebrev.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="FIVU">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="2C5663"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="76C2BC"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="B7DBD5"/>
       </a:accent1>
@@ -3858,123 +3873,123 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <gbs:GrowBusinessDocument xmlns:gbs="http://www.software-innovation.no/growBusinessDocument" gbs:officeVersion="2007" gbs:sourceId="" gbs:entity="Document" gbs:templateDesignerVersion="3.1 F">
   <gbs:Title gbs:loadFromGrowBusiness="OnProduce" gbs:saveInGrowBusiness="False" gbs:connected="true" gbs:recno="" gbs:entity="" gbs:datatype="string" gbs:key="165596522"/>
   <gbs:DocumentNumber gbs:loadFromGrowBusiness="OnProduce" gbs:saveInGrowBusiness="False" gbs:connected="true" gbs:recno="" gbs:entity="" gbs:datatype="string" gbs:key="380213168">Dokument nr.</gbs:DocumentNumber>
   <gbs:DocumentDate gbs:loadFromGrowBusiness="OnProduce" gbs:saveInGrowBusiness="False" gbs:connected="true" gbs:recno="" gbs:entity="" gbs:datatype="date" gbs:key="265971304" gbs:removeContentControl="0">10. april 2014</gbs:DocumentDate>
   <gbs:ToActivityContactJOINEX.Name gbs:loadFromGrowBusiness="OnProduce" gbs:saveInGrowBusiness="False" gbs:connected="true" gbs:recno="" gbs:entity="" gbs:datatype="string" gbs:key="1505246976" gbs:removeContentControl="0" gbs:joinex="[JOINEX=[ToRole] {!OJEX!}=6]"/>
   <gbs:ToActivityContactJOINEX.Address gbs:loadFromGrowBusiness="OnProduce" gbs:saveInGrowBusiness="False" gbs:connected="true" gbs:recno="" gbs:entity="" gbs:datatype="string" gbs:key="2729941401" gbs:joinex="[JOINEX=[ToRole] {!OJEX!}=6]" gbs:removeContentControl="0"/>
   <gbs:ToActivityContactJOINEX.Zip gbs:loadFromGrowBusiness="OnProduce" gbs:saveInGrowBusiness="False" gbs:connected="true" gbs:recno="" gbs:entity="" gbs:datatype="string" gbs:key="3818890695" gbs:joinex="[JOINEX=[ToRole] {!OJEX!}=6]" gbs:removeContentControl="0"/>
   <gbs:ToActivityContactJOINEX.ToAddress.Country.Description gbs:loadFromGrowBusiness="OnProduce" gbs:saveInGrowBusiness="False" gbs:connected="true" gbs:recno="" gbs:entity="" gbs:datatype="string" gbs:key="2237044277" gbs:joinex="[JOINEX=[ToRole] {!OJEX!}=6]" gbs:removeContentControl="0"/>
   <gbs:ToActivityContactJOINEX.ToAddress.Country.Description gbs:loadFromGrowBusiness="OnProduce" gbs:saveInGrowBusiness="False" gbs:connected="true" gbs:recno="" gbs:entity="" gbs:datatype="string" gbs:key="1925295979" gbs:joinex="[JOINEX=[ToRole] {!OJEX!}=6]" gbs:removeContentControl="0"/>
   <gbs:ToActivityContact.Name gbs:loadFromGrowBusiness="OnProduce" gbs:saveInGrowBusiness="False" gbs:connected="true" gbs:recno="" gbs:entity="" gbs:datatype="string" gbs:key="469943803"/>
   <gbs:ToActivityContactJOINEX.Name gbs:loadFromGrowBusiness="OnProduce" gbs:saveInGrowBusiness="False" gbs:connected="true" gbs:recno="" gbs:entity="" gbs:datatype="string" gbs:key="3507693028" gbs:joinex="[JOINEX=[ToRole] {!OJEX!}=6]" gbs:removeContentControl="0">Modtager navn</gbs:ToActivityContactJOINEX.Name>
   <gbs:ToActivityContactJOINEX.Address gbs:loadFromGrowBusiness="OnProduce" gbs:saveInGrowBusiness="False" gbs:connected="true" gbs:recno="" gbs:entity="" gbs:datatype="string" gbs:key="645016693" gbs:joinex="[JOINEX=[ToRole] {!OJEX!}=6]" gbs:removeContentControl="0">Modtager adresse</gbs:ToActivityContactJOINEX.Address>
   <gbs:ToActivityContactJOINEX.Zip gbs:loadFromGrowBusiness="OnProduce" gbs:saveInGrowBusiness="False" gbs:connected="true" gbs:recno="" gbs:entity="" gbs:datatype="string" gbs:key="4164029098" gbs:joinex="[JOINEX=[ToRole] {!OJEX!}=6]" gbs:removeContentControl="0">Modtager postnr. og by</gbs:ToActivityContactJOINEX.Zip>
 </gbs:GrowBusinessDocument>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8DC025A-ED60-474D-B733-2B0E7C643508}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9E06AB3A-6CCC-4AAA-810B-3860ED4B58D1}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.software-innovation.no/growBusinessDocument"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9BB76019-4867-4CA5-90BA-5D29D0AE8B63}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8DC025A-ED60-474D-B733-2B0E7C643508}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://www.software-innovation.no/growBusinessDocument"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Følgebrev.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>59</Words>
-  <Characters>408</Characters>
+  <Words>60</Words>
+  <Characters>414</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>58</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>51</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Statens IT</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>454</CharactersWithSpaces>
+  <CharactersWithSpaces>464</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Annette Nørballe</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="SD_ShowDocumentInfo">
     <vt:lpwstr>True</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Created by">
     <vt:lpwstr>www.skabelondesign.dk</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="SD_AndenSagsbehandler">